--- v0 (2025-11-04)
+++ v1 (2026-01-17)
@@ -33,72 +33,72 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="33">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
-    <t>Moção nº 19 de 2025</t>
+    <t>Moção de Aplausos nº 19 de 2025</t>
   </si>
   <si>
     <t>Xim,Bananeira,Jander Raposo</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos ao Servidor Público Municipal Igor Carlos Siqueira em reconhecimento aos relevantes serviços prestados à população, com dedicação e comprometimento.</t>
   </si>
   <si>
     <t>Leitura em Plenário</t>
   </si>
   <si>
-    <t>Moção nº 20 de 2025</t>
+    <t>Moção de Aplausos nº 20 de 2025</t>
   </si>
   <si>
     <t>Xim</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos ao Professor de Jiu-jitsu Tiago Matheus Teixeira Pereira e aos atletas Carlos Eduardo de Moraes da Costa e Samuel de Araújo Neves pelas brilhantes conquistas na Copa do Brasil pela Federação Fluminense de Jiu-Jitsu (FFJJ), levando o nome de nosso município com honra, dedicação e orgulho</t>
   </si>
   <si>
-    <t>Requerimento nº 16 de 2025</t>
+    <t>Requerimento de Informação nº 16 de 2025</t>
   </si>
   <si>
     <t>Professora Wanderléia de Jesus</t>
   </si>
   <si>
     <t>Requer informações sobre transporte escolar terceirizado no município de Duas Barras.</t>
   </si>
   <si>
     <t>Indicação nº 76 de 2025</t>
   </si>
   <si>
     <t>Indica a Secretaria competente que providencie a limpeza do riacho que passa na ponte localizada em Ponte Tábua, na entrada da Monteira.</t>
   </si>
   <si>
     <t>Indicação nº 123 de 2025</t>
   </si>
   <si>
     <t>Rafael de Zé Ronaldo</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Prefeito Municipal, para que, junto as Secretarias Municipais competentes, providencie a reforma da praça Capitão Jorge Soares, localizada em Monnerat, incluindo melhorias e ampliação do parquinho infantil. (Reiteração)</t>
   </si>
   <si>
     <t>Indicação nº 130 de 2025</t>
   </si>
@@ -452,51 +452,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="26.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>