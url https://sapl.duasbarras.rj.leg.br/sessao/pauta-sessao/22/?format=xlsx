--- v0 (2025-11-05)
+++ v1 (2026-01-17)
@@ -63,75 +63,75 @@
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO ATÉ 24 DE JUNHO DE 2026, A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO APROVADO PELA LEI MUNICIPAL N.º 1183, DE 18 DE JUNHO DE 2015.</t>
   </si>
   <si>
     <t>Leitura em Plenário</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 26 de 2025</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N.º 994, DE 10 DE DEZEMBRO DE 2009 QUE, DISPÕE SOBRE O PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 13 de 2025</t>
   </si>
   <si>
     <t>Professora Wanderléia de Jesus</t>
   </si>
   <si>
     <t>Dispõe sobre a proteção, acolhimento e bem-estar de animais em situação de rua ou abandono no município de Duas Barras-RJ e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição distribuída às comissões</t>
   </si>
   <si>
-    <t>Moção nº 9 de 2025</t>
+    <t>Moção de Aplausos nº 9 de 2025</t>
   </si>
   <si>
     <t>Danielzinho,Marco Lafaete</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos as servidoras Luana Heggdorne e Gabriela Corguinha.</t>
   </si>
   <si>
-    <t>Requerimento nº 22 de 2025</t>
+    <t>Requerimento de Informação nº 22 de 2025</t>
   </si>
   <si>
     <t>Requer informações detalhadas acerca da gestão dos resíduos de serviços de saúde, especificamente o lixo hospitalar, no município de Duas Barras no período de 2020 a 2024.</t>
   </si>
   <si>
     <t>Indicação nº 86 de 2025</t>
   </si>
   <si>
     <t>Antonio José,Danielzinho</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal a implantação de redutores de velocidade, quebra-molas ou lombadas na Rua Abreu Magalhães, na localidade da Boa Vista, Duas Barras.</t>
   </si>
   <si>
-    <t>Requerimento nº 25 de 2025</t>
+    <t>Requerimento de Informação nº 25 de 2025</t>
   </si>
   <si>
     <t>Jander Raposo</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES REFERENTES A SECRETARIA MUNICIPAL DE SAÚDE: CÓPIA INTEGRAL DE AUDITORIA REALIZADA EM JANEIRO DE 2025; INFORMAÇÕES DETALHADAS SOBRE MEDICAMENTOS; RELAÇÃO DOS MATERIAIS HOSPITALARES EXISTENTE NO INÍCIO DO GOVERNO DA ATUAL GESTÃO E JUSTIFICATIVA OFICIAL PARA O FECHAMENTO DOS SERVIÇOS DE SAÚDE DURANTE O 1º MÊS DE 2025.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
@@ -440,51 +440,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="34.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="43.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>